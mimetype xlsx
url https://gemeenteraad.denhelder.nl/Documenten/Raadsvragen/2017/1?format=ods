--- v0 (2025-11-28)
+++ v1 (2025-11-30)
@@ -117,52 +117,52 @@
           <table:table-cell office:value-type="string" calcext:value-type="string">
             <text:p>Raadsvragen</text:p>
           </table:table-cell>
           <table:table-cell office:value-type="string" calcext:value-type="string">
             <text:p>Openbaar</text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="ro2" table:number-rows-repeated="1048572">
           <table:table-cell table:number-columns-repeated="5"/>
         </table:table-row>
         <table:table-row table:style-name="ro2">
           <table:table-cell table:number-columns-repeated="5"/>
         </table:table-row>
       </table:table>
       <table:named-expressions/>
     </office:spreadsheet>
   </office:body>
 </office:document-content>
 </file>
 
 <file path=meta.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-meta xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:meta>
     <meta:initial-creator>Gemeente Den Helder</meta:initial-creator>
     <dc:creator>Gemeente Den Helder</dc:creator>
-    <meta:creation-date>2025-11-28T05:21:18</meta:creation-date>
-    <dc:date>2025-11-28T05:21:18</dc:date>
+    <meta:creation-date>2025-11-30T08:35:07</meta:creation-date>
+    <dc:date>2025-11-30T08:35:07</dc:date>
     <dc:title>Untitled Spreadsheet</dc:title>
     <meta:generator>LibreOffice/7.6.7.2$Linux_X86_64 LibreOffice_project/60$Build-2</meta:generator>
     <meta:document-statistic meta:table-count="1" meta:cell-count="15" meta:object-count="0"/>
     <meta:user-defined meta:name="AppVersion">12.0000</meta:user-defined>
   </office:meta>
 </office:document-meta>
 </file>
 
 <file path=settings.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-settings xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:settings>
     <config:config-item-set config:name="ooo:view-settings">
       <config:config-item config:name="VisibleAreaTop" config:type="int">0</config:config-item>
       <config:config-item config:name="VisibleAreaLeft" config:type="int">0</config:config-item>
       <config:config-item config:name="VisibleAreaWidth" config:type="int">28048</config:config-item>
       <config:config-item config:name="VisibleAreaHeight" config:type="int">2064</config:config-item>
       <config:config-item-map-indexed config:name="Views">
         <config:config-item-map-entry>
           <config:config-item config:name="ViewId" config:type="string">view1</config:config-item>
           <config:config-item-map-named config:name="Tables">
             <config:config-item-map-entry config:name="Overzicht">
               <config:config-item config:name="CursorPositionX" config:type="int">0</config:config-item>
               <config:config-item config:name="CursorPositionY" config:type="int">0</config:config-item>
               <config:config-item config:name="ActiveSplitRange" config:type="short">2</config:config-item>
               <config:config-item config:name="PositionLeft" config:type="int">0</config:config-item>
@@ -674,51 +674,51 @@
       </style:header>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer>
         <text:p>
           Page 
           <text:page-number>1</text:page-number>
         </text:p>
       </style:footer>
       <style:footer-left style:display="false"/>
       <style:footer-first style:display="false"/>
     </style:master-page>
     <style:master-page style:name="Report" style:page-layout-name="Mpm2">
       <style:header>
         <style:region-left>
           <text:p>
             <text:sheet-name>???</text:sheet-name>
             <text:s/>
             (
             <text:title>???</text:title>
             )
           </text:p>
         </style:region-left>
         <style:region-right>
           <text:p>
-            <text:date style:data-style-name="N2" text:date-value="2025-11-28">00/00/0000</text:date>
+            <text:date style:data-style-name="N2" text:date-value="2025-11-30">00/00/0000</text:date>
             , 
             <text:time>00:00:00</text:time>
           </text:p>
         </style:region-right>
       </style:header>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer>
         <text:p>
           Page 
           <text:page-number>1</text:page-number>
           <text:s/>
           / 
           <text:page-count>99</text:page-count>
         </text:p>
       </style:footer>
       <style:footer-left style:display="false"/>
       <style:footer-first style:display="false"/>
     </style:master-page>
     <style:master-page style:name="PageStyle_5f_Overzicht" style:display-name="PageStyle_Overzicht" style:page-layout-name="Mpm3">
       <style:header style:display="false"/>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer style:display="false"/>
       <style:footer-left style:display="false"/>